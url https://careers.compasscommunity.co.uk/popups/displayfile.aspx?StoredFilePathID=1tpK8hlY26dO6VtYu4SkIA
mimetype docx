--- v0 (2025-12-07)
+++ v1 (2026-01-26)
@@ -1,6618 +1,6155 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00CF292A" w:rsidRDefault="00895EDB" w:rsidP="00CF292A">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+    <w:p w14:paraId="1CC8F409" w14:textId="63B99DA7" w:rsidR="00E706C7" w:rsidRDefault="00E706C7" w:rsidP="00E706C7">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E1F21">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="784DC053" wp14:editId="59D8251D">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A766D6B" wp14:editId="4C506827">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>-466725</wp:posOffset>
+                  <wp:posOffset>-95250</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>142875</wp:posOffset>
+                  <wp:posOffset>-381000</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="3467100" cy="1403985"/>
+                <wp:extent cx="3467100" cy="410210"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="307" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3467100" cy="1403985"/>
+                          <a:ext cx="3467100" cy="410210"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="004758F1" w:rsidRPr="00816475" w:rsidRDefault="00CD3B81">
+                          <w:p w14:paraId="75BB3FE2" w14:textId="77777777" w:rsidR="00E706C7" w:rsidRPr="00E863B3" w:rsidRDefault="00E706C7" w:rsidP="00E706C7">
                             <w:pPr>
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
-                                <w:sz w:val="40"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="00E863B3">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
-                                <w:sz w:val="40"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
                               </w:rPr>
                               <w:t>JOB DESCRIPTION</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="1A766D6B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-36.75pt;margin-top:11.25pt;width:273pt;height:110.55pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQACNp4qDgIAAPUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N7Zz2SRWnNV2t6kq&#10;bS/Sbj+AYByjAkOBxE6/vgPOZq32rSoPCJiZM3PODJvbXityEs5LMBUtJjklwnCopTlU9Pvz7t2K&#10;Eh+YqZkCIyp6Fp7ebt++2XS2FFNoQdXCEQQxvuxsRdsQbJllnrdCMz8BKwwaG3CaBby6Q1Y71iG6&#10;Vtk0z2+yDlxtHXDhPb4+DEa6TfhNI3j42jReBKIqirWFtLu07+OebTesPDhmW8kvZbB/qEIzaTDp&#10;FeqBBUaOTv4FpSV34KEJEw46g6aRXCQOyKbI/2Dz1DIrEhcUx9urTP7/wfIvp2+OyLqis3xJiWEa&#10;m/Qs+kDeQ0+mUZ/O+hLdniw6hh6fsc+Jq7ePwH94YuC+ZeYg7pyDrhWsxvqKGJmNQgccH0H23Weo&#10;MQ07BkhAfeN0FA/lIIiOfTpfexNL4fg4m98sixxNHG3FPJ+tV4uUg5Uv4db58FGAJvFQUYfNT/Ds&#10;9OhDLIeVLy4xm4GdVCoNgDKkq+h6MV2kgJFFy4DzqaSu6CqPa5iYyPKDqVNwYFINZ0ygzIV2ZDpw&#10;Dv2+R8eoxR7qMwrgYJhD/Dd4aMH9oqTDGayo/3lkTlCiPhkUcV3M53Fo02W+WE7x4saW/djCDEeo&#10;igZKhuN9SIMeuXp7h2LvZJLhtZJLrThbSZ3LP4jDO74nr9ffuv0NAAD//wMAUEsDBBQABgAIAAAA&#10;IQAdLjMV3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcWoe0NCjEqSrU&#10;liOlRJzdeEki4rUVu2l4e7YnOO3faObbYj3ZXow4hM6Rgod5AgKpdqajRkH1sZs9gQhRk9G9I1Tw&#10;gwHW5e1NoXPjLvSO4zE2gk0o5FpBG6PPpQx1i1aHufNIfPtyg9WRx6GRZtAXNre9TJNkJa3uiBNa&#10;7fGlxfr7eLYKfPT77HV4O2y2uzGpPvdV2jVbpe7vps0ziIhT/BPDFZ/RoWSmkzuTCaJXMMsWjyxV&#10;kKZcWbDMrs2JF8vFCmRZyP8vlL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAjaeKg4C&#10;AAD1AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAHS4z&#10;Fd4AAAAKAQAADwAAAAAAAAAAAAAAAABoBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-7.5pt;margin-top:-30pt;width:273pt;height:32.3pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCs4D3h+QEAAM0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N7bTZC9WnNV2t6kq&#10;bS/Sth8wwThGBYYCib39+g44m43at6p+QIMHzsw5c1jdjEazg/RBoW14NSs5k1Zgq+yu4d+/bd5c&#10;cRYi2BY0WtnwJxn4zfr1q9XgajnHHnUrPSMQG+rBNbyP0dVFEUQvDYQZOmkp2aE3EGnrd0XrYSB0&#10;o4t5WV4UA/rWeRQyBPp7PyX5OuN3nRTxS9cFGZluOPUW8+rzuk1rsV5BvfPgeiWObcA/dGFAWSp6&#10;grqHCGzv1V9QRgmPAbs4E2gK7DolZOZAbKryDzaPPTiZuZA4wZ1kCv8PVnw+PLqvnsXxHY40wEwi&#10;uAcUPwKzeNeD3clb73HoJbRUuEqSFYML9fFqkjrUIYFsh0/Y0pBhHzEDjZ03SRXiyQidBvB0El2O&#10;kQn6+XZxcVmVlBKUW1TlvMpTKaB+vu18iB8kGpaChnsaakaHw0OIqRuon4+kYhY3Sus8WG3Z0PDr&#10;5XyZL5xljIrkO61Mw6/K9E1OSCTf2zZfjqD0FFMBbY+sE9GJchy3Ix1M7LfYPhF/j5O/6D1Q0KP/&#10;xdlA3mp4+LkHLznTHy1peF0tFsmMebNYXs5p488z2/MMWEFQDY+cTeFdzAZOXIO7Ja03Ksvw0smx&#10;V/JMVufo72TK830+9fIK178BAAD//wMAUEsDBBQABgAIAAAAIQDdsN673QAAAAkBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcWjuFhiqNU1WoLUdKiTi78ZJExD+y3TS8PcsJbt9o&#10;R7Mz5WYyAxsxxN5ZCdlcAEPbON3bVkL9vp+tgMWkrFaDsyjhGyNsqtubUhXaXe0bjqfUMgqxsVAS&#10;upR8wXlsOjQqzp1HS7dPF4xKJEPLdVBXCjcDXwiRc6N6Sx865fG5w+brdDESfPKHp5fwetzu9qOo&#10;Pw71om93Ut7fTds1sIRT+jPDb32qDhV1OruL1ZENEmbZkrYkglwQkGP5kBGcJTzmwKuS/19Q/QAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCs4D3h+QEAAM0DAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDdsN673QAAAAkBAAAPAAAAAAAAAAAAAAAA&#10;AFMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAXQUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w:rsidR="004758F1" w:rsidRPr="00816475" w:rsidRDefault="00CD3B81">
+                    <w:p w14:paraId="75BB3FE2" w14:textId="77777777" w:rsidR="00E706C7" w:rsidRPr="00E863B3" w:rsidRDefault="00E706C7" w:rsidP="00E706C7">
                       <w:pPr>
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
-                          <w:sz w:val="40"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="00E863B3">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
-                          <w:sz w:val="40"/>
+                          <w:sz w:val="32"/>
+                          <w:szCs w:val="32"/>
                         </w:rPr>
                         <w:t>JOB DESCRIPTION</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      <w:r w:rsidRPr="004E1F21">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Jo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>b Title</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E1F21">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Teaching Assistant</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6446C6B3" w14:textId="296DD9F0" w:rsidR="00E706C7" w:rsidRPr="007052DE" w:rsidRDefault="00E706C7" w:rsidP="00E706C7">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0031253C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Location:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Compass Education Schools</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A419B2B" w14:textId="69EE89B1" w:rsidR="00E706C7" w:rsidRPr="004E1F21" w:rsidRDefault="00E706C7" w:rsidP="00E706C7">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E1F21">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Reports to:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Head of School</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3138A13A" w14:textId="5A43C610" w:rsidR="00E706C7" w:rsidRPr="004E1F21" w:rsidRDefault="00E706C7" w:rsidP="00E706C7">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E1F21">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Hours of work:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>37.5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D68B2BD" w14:textId="77777777" w:rsidR="00E706C7" w:rsidRDefault="00E706C7" w:rsidP="00E706C7">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E1F21">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Supervisory Responsibilities</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="649DF2BF" w14:textId="77777777" w:rsidR="00E706C7" w:rsidRDefault="00E706C7" w:rsidP="00E706C7">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Travel Required: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Occasional</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5476FC76" w14:textId="77777777" w:rsidR="00E706C7" w:rsidRDefault="00E706C7" w:rsidP="00E706C7">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11A0A50E" w14:textId="77777777" w:rsidR="00E706C7" w:rsidRPr="00D73106" w:rsidRDefault="00E706C7" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...108 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Compass Community exists to create a future of strength and opportunity for every child. Across fostering, residential care and education, we use a therapeutic, innovative approach that puts children first. Our mission is to be the UK’s #1 children’s services provider – reaching more children, being the best place to work in children’s services, and helping to transform the sector for good.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AE8C56E" w14:textId="77777777" w:rsidR="00E706C7" w:rsidRPr="00D73106" w:rsidRDefault="00E706C7" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...55 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EEAE168" w14:textId="626BA5D8" w:rsidR="00E706C7" w:rsidRPr="00D73106" w:rsidRDefault="00E706C7" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Our values, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...37 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Integrity, Courage</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> guide how people work here. We listen properly, challenge each other well, and get on with fixing what needs to be fixed, together. When something goes wrong, we deal with it. When something goes well, we celebrate it. That's the work of Life Changers, and we look forward to welcoming you to the team.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C34A66D" w14:textId="77777777" w:rsidR="00E706C7" w:rsidRPr="00D73106" w:rsidRDefault="00E706C7" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AB479FB" w14:textId="2FD0C675" w:rsidR="00E706C7" w:rsidRPr="00D73106" w:rsidRDefault="00E706C7" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MAIN </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E706C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FFFFFF" w:themeColor="background1"/>
-[...40 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PURPOSE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OF THE ROLE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61C7370A" w14:textId="77777777" w:rsidR="00E706C7" w:rsidRPr="00E706C7" w:rsidRDefault="00E706C7" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E706C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>To deliver high-quality learning support, including small group and 1:1 teaching, in line with the duties of a Higher Level Teaching Assistant (HLTA) and the individual needs of pupils attending the school. The role supports the delivery of a broad, balanced, and differentiated curriculum for pupils with SEMH needs, enhances the quality of teaching and learning, and contributes to the school’s therapeutic and safeguarding approach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32975A18" w14:textId="77777777" w:rsidR="00E706C7" w:rsidRPr="00E706C7" w:rsidRDefault="00E706C7" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E706C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Educators employed by Compass Community School are educators of children, not subjects.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C1C6788" w14:textId="77777777" w:rsidR="00E706C7" w:rsidRPr="00D73106" w:rsidRDefault="00E706C7" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67159669" w14:textId="38BC96A9" w:rsidR="00E706C7" w:rsidRPr="00D73106" w:rsidRDefault="00E706C7" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>KEY RESPONSIBILIITES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="423821C5" w14:textId="0A2F6655" w:rsidR="00E706C7" w:rsidRPr="00D73106" w:rsidRDefault="00E706C7" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1. Teaching, Learning, and Student Progress</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="523D659D" w14:textId="73AED5A3" w:rsidR="00E706C7" w:rsidRPr="00D73106" w:rsidRDefault="00E706C7" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>To support and enhance the quality of teaching and learning, ensuring pupils make progress academically, socially, and emotionally.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="187024E9" w14:textId="5622BCF6" w:rsidR="00E706C7" w:rsidRPr="00D73106" w:rsidRDefault="00E706C7" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2. Curriculum Support and Delivery</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="630205FA" w14:textId="1006E5E9" w:rsidR="00E706C7" w:rsidRPr="00D73106" w:rsidRDefault="00E706C7" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>To contribute to the planning, delivery, and evaluation of an appropriate, differentiated curriculum in line with the school’s aims and policies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FAC287A" w14:textId="5CC8D7A7" w:rsidR="00E706C7" w:rsidRPr="00D73106" w:rsidRDefault="00E706C7" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...350 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3. Safeguarding and Pastoral Support</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25F3639E" w14:textId="095692EC" w:rsidR="00E706C7" w:rsidRPr="00D73106" w:rsidRDefault="00E706C7" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>To safeguard and promote the welfare of pupils, ensuring safeguarding remains paramount in all aspects of the role.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05416E5B" w14:textId="16BD8CB1" w:rsidR="00E706C7" w:rsidRPr="00D73106" w:rsidRDefault="00E706C7" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4. Professional Practice and Teamworking</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EA702F2" w14:textId="1546BEAF" w:rsidR="00E706C7" w:rsidRPr="00D73106" w:rsidRDefault="00E706C7" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>To work collaboratively with education and therapeutic staff, contributing positively to the wider school team and culture.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4828EFCE" w14:textId="303BA3BF" w:rsidR="00E706C7" w:rsidRPr="00D73106" w:rsidRDefault="00E706C7" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5. Quality Assurance and Continuous Improvement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53C6C652" w14:textId="344A6E59" w:rsidR="00E706C7" w:rsidRPr="00D73106" w:rsidRDefault="00E706C7" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>To support school improvement through monitoring, assessment, reporting, and reflective practice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AE46906" w14:textId="77777777" w:rsidR="00E706C7" w:rsidRPr="00D73106" w:rsidRDefault="00E706C7" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C9B54DB" w14:textId="052C54DA" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>KEY TASKS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="773B26AB" w14:textId="061A4CF3" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>In Support of responsibility 1:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...42 lines deleted...]
-    <w:p w:rsidR="00441749" w:rsidRDefault="00441749" w:rsidP="00441749">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Teaching, Learning, and Student Progress</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E471F3" w14:textId="6403EFFB" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:widowControl/>
-[...413 lines deleted...]
-        <w:pStyle w:val="Header"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr>
-[...28 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Deliver learning support programmes, including small group and 1:1 teaching, in line with HLTA responsibilities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D290E70" w14:textId="3A06B4CF" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Assess, monitor, and report on pupil progress and development.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05D3F6FE" w14:textId="77777777" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support pupils’ personalised learning plans and individual education programmes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F5371E6" w14:textId="1F456451" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Promote pupils’ spiritual, moral, social, and emotional development in line with school policies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F6ECD9C" w14:textId="44263026" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Contribute to PSHE delivery as required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="671B2A1E" w14:textId="13564E9C" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support pupils to engage positively in learning through the consistent application of the school’s Behaviour Management System.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60971C67" w14:textId="5CD50459" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>In support of responsibility 2:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="Header"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Curriculum Support and Delivery</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7202B0F5" w14:textId="3F9BE644" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:rPr>
-[...35 lines deleted...]
-        <w:pStyle w:val="Header"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Work with teaching staff to co-plan a broad, balanced, relevant, and differentiated curriculum for pupils with SEMH needs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="291BDEE3" w14:textId="5ADD81EA" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:rPr>
-[...21 lines deleted...]
-        <w:pStyle w:val="Header"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Liaise with the Headteacher to support the delivery of a high-quality, cost-effective curriculum aligned with the School Development Plan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A92C4C0" w14:textId="7ECDC539" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:rPr>
-[...14 lines deleted...]
-        <w:pStyle w:val="Header"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support the use of external tutors where appropriate to complement subject strengths.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C250A01" w14:textId="37140608" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:rPr>
-[...41 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Create, maintain, and update learning displays and educational materials.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A93EDF5" w14:textId="303FF84D" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Manage and organise learning resources to support the smooth running of the school day.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D848276" w14:textId="00D0BA44" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>In support of responsibility 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="Header"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: Safeguarding and Pastoral Support</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CC107F0" w14:textId="0549D7E5" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:rPr>
-[...21 lines deleted...]
-        <w:pStyle w:val="Header"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ensure safeguarding policies and procedures are fully adhered to at all times.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="044AE69D" w14:textId="7CEC2F40" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:rPr>
-[...21 lines deleted...]
-        <w:pStyle w:val="Header"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Attend safeguarding training as required by the organisation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D65310C" w14:textId="0BDD99E6" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:rPr>
-[...26 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Report safeguarding concerns, disclosures, or incidents immediately in line with policy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B7F5BDC" w14:textId="18B09246" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Maintain professional boundaries and confidentiality in line with data protection requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CA7700B" w14:textId="2D014CD8" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In </w:t>
+      </w:r>
+      <w:r w:rsidR="00D73106" w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">upport of </w:t>
+      </w:r>
+      <w:r w:rsidR="00D73106" w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">responsibility 4: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Professional Practice and Teamworking</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60053DDB" w14:textId="61987C7E" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Carry out professional duties under the reasonable direction of the Headteacher in line with current TA Standards.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B90ACCF" w14:textId="78D36A0D" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Work with initiative and develop therapeutic skills as part of the wider therapeutic team.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31EDFFDD" w14:textId="174623AD" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Attend TA development meetings, training, and supervision as required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="731A6151" w14:textId="1A9668FB" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Work collaboratively with education staff to identify pupil development needs and contribute to appropriate support programmes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66F9D02A" w14:textId="1FEB227A" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Actively engage in performance management and professional development activities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43CF53E1" w14:textId="4DD8F104" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Promote teamwork and maintain effective working relationships across the school.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20A2ABEE" w14:textId="5D1A5C2F" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In </w:t>
+      </w:r>
+      <w:r w:rsidR="00D73106" w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">upport of </w:t>
+      </w:r>
+      <w:r w:rsidR="00D73106" w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">responsibility 5: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="Header"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Quality Assurance and School Improvement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78FD5889" w14:textId="520DEE97" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
-        <w:rPr>
-[...41 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Assist in setting targets and supporting pupil achievement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E35C8B2" w14:textId="7B86EEE5" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Contribute to lesson observations, learning walks, and teaching and learning reviews.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="788D1BB3" w14:textId="176F39F5" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Support the production of pupil reports as part of the annual Teaching and Learning quality assurance cycle</w:t>
+      </w:r>
+      <w:r w:rsidR="00D73106" w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0081EE8E" w14:textId="586C9D82" w:rsidR="00354061" w:rsidRPr="00D73106" w:rsidRDefault="00354061" w:rsidP="00D73106">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Help to establish and maintain high standards of teaching and learning practice across the school.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A4462A5" w14:textId="77777777" w:rsidR="00D73106" w:rsidRPr="00D73106" w:rsidRDefault="00D73106" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5368F03E" w14:textId="77777777" w:rsidR="00D73106" w:rsidRPr="00D73106" w:rsidRDefault="00D73106" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="Header"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Organisational and Operational Responsibilities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BD55449" w14:textId="77777777" w:rsidR="00D73106" w:rsidRPr="00D73106" w:rsidRDefault="00D73106" w:rsidP="00D73106">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
-        <w:rPr>
-[...42 lines deleted...]
-        <w:pStyle w:val="Header"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Undertake duties commensurate with the level of the post, including tasks not specifically outlined in this job description.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="420F6596" w14:textId="77777777" w:rsidR="00D73106" w:rsidRPr="00D73106" w:rsidRDefault="00D73106" w:rsidP="00D73106">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
-        <w:rPr>
-[...14 lines deleted...]
-        <w:pStyle w:val="Header"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Work flexibly to meet the needs of the school and organisation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63B90913" w14:textId="77777777" w:rsidR="00D73106" w:rsidRPr="00D73106" w:rsidRDefault="00D73106" w:rsidP="00D73106">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
-        <w:rPr>
-[...14 lines deleted...]
-        <w:pStyle w:val="Header"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Use electronic systems competently and effectively.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C9E1916" w14:textId="77777777" w:rsidR="00D73106" w:rsidRPr="00D73106" w:rsidRDefault="00D73106" w:rsidP="00D73106">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
-        <w:rPr>
-[...14 lines deleted...]
-        <w:pStyle w:val="Header"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comply with all organisational policies, including those within the employee handbook.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68352C25" w14:textId="77777777" w:rsidR="00D73106" w:rsidRPr="00D73106" w:rsidRDefault="00D73106" w:rsidP="00D73106">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
-        <w:rPr>
-[...44 lines deleted...]
-        <w:pStyle w:val="Header"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Work within the provisions of the Data Protection Act, maintaining strict confidentiality.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AEB6866" w14:textId="77777777" w:rsidR="00D73106" w:rsidRPr="00D73106" w:rsidRDefault="00D73106" w:rsidP="00D73106">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:rPr>
-[...21 lines deleted...]
-        <w:pStyle w:val="Header"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Promote a positive image of Compass Community School and uphold its values and reputation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1410EC8C" w14:textId="77777777" w:rsidR="00D73106" w:rsidRPr="00D73106" w:rsidRDefault="00D73106" w:rsidP="00D73106">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:rPr>
-[...21 lines deleted...]
-        <w:pStyle w:val="Header"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comply with Health and Safety policies and undertake risk assessments as required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48702545" w14:textId="257CB541" w:rsidR="00D73106" w:rsidRPr="00D73106" w:rsidRDefault="00D73106" w:rsidP="00D73106">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Travel to other Compass Community locations may be required for meetings, training, or operational needs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0443E676" w14:textId="77777777" w:rsidR="00D73106" w:rsidRDefault="00D73106" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...78 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId8"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11529E89" w14:textId="16A2F2A8" w:rsidR="00D73106" w:rsidRPr="00D73106" w:rsidRDefault="00D73106" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Additional Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E6ED178" w14:textId="394C8F2A" w:rsidR="00D73106" w:rsidRPr="00D73106" w:rsidRDefault="00D73106" w:rsidP="00D73106">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D73106">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Whilst every effort has been made to outline the main duties and responsibilities of the post, this job description is not exhaustive. The post holder will be expected to undertake additional duties consistent with the role and the overall objectives of Compass Community School.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00D73106" w:rsidRPr="00D73106" w:rsidSect="00842C23">
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1245" w:right="849" w:bottom="709" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="2410" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0093779E" w:rsidRDefault="0093779E" w:rsidP="00AD1A28">
+    <w:p w14:paraId="00FA9F28" w14:textId="77777777" w:rsidR="00E706C7" w:rsidRDefault="00E706C7" w:rsidP="004C289C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0093779E" w:rsidRDefault="0093779E" w:rsidP="00AD1A28">
+    <w:p w14:paraId="22F51058" w14:textId="77777777" w:rsidR="00E706C7" w:rsidRDefault="00E706C7" w:rsidP="004C289C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Malgun Gothic">
+    <w:altName w:val="맑은 고딕"/>
+    <w:panose1 w:val="020B0503020000020004"/>
+    <w:charset w:val="81"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...37 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:id w:val="-156077350"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:id w:val="-1669238322"/>
+          <w:docPartObj>
+            <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+            <w:docPartUnique/>
+          </w:docPartObj>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:p w14:paraId="2A579A3D" w14:textId="77777777" w:rsidR="00810C1A" w:rsidRPr="00355D4A" w:rsidRDefault="00810C1A" w:rsidP="007E2386">
+            <w:pPr>
+              <w:pStyle w:val="Footer"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00355D4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Page </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00355D4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00355D4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGE </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00355D4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00355D4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00355D4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00355D4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00355D4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00355D4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00355D4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DC4E475" w14:textId="1BDE1AA1" w:rsidR="00810C1A" w:rsidRPr="00810C1A" w:rsidRDefault="00810C1A" w:rsidP="007E2386">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4513"/>
+                <w:tab w:val="left" w:pos="6804"/>
+                <w:tab w:val="right" w:pos="9026"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00355D4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Doc Type:</w:t>
+            </w:r>
+            <w:r w:rsidR="00D73106">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D73106">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Job Description</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00355D4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00355D4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Updated:</w:t>
+            </w:r>
+            <w:r w:rsidR="00D73106">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D73106">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>December 2025</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00355D4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00355D4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Location:</w:t>
+            </w:r>
+            <w:r w:rsidR="00D73106">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D73106">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Eploy</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00355D4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00355D4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Review Date</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:sdtContent>
+      </w:sdt>
+    </w:sdtContent>
+  </w:sdt>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0093779E" w:rsidRDefault="0093779E" w:rsidP="00AD1A28">
+    <w:p w14:paraId="67C173C3" w14:textId="77777777" w:rsidR="00E706C7" w:rsidRDefault="00E706C7" w:rsidP="004C289C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0093779E" w:rsidRDefault="0093779E" w:rsidP="00AD1A28">
+    <w:p w14:paraId="53635AA4" w14:textId="77777777" w:rsidR="00E706C7" w:rsidRDefault="00E706C7" w:rsidP="004C289C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00895EDB" w:rsidRDefault="003674CD">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1C83463A" w14:textId="77777777" w:rsidR="004C289C" w:rsidRDefault="004C289C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DE7F9B6" wp14:editId="27639D0D">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7A9DAC5F" wp14:editId="0DEAAFE0">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="column">
-            <wp:posOffset>-914400</wp:posOffset>
+          <wp:positionH relativeFrom="page">
+            <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-449580</wp:posOffset>
+            <wp:posOffset>-448310</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7571740" cy="10710545"/>
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:extent cx="7551419" cy="10680932"/>
+          <wp:effectExtent l="0" t="0" r="0" b="6350"/>
           <wp:wrapNone/>
-          <wp:docPr id="1" name="Picture 1"/>
+          <wp:docPr id="325871431" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Fostering template.jpg"/>
+                  <pic:cNvPr id="325871431" name="Picture 1"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1" cstate="print">
+                  <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7571740" cy="10710545"/>
+                    <a:ext cx="7551419" cy="10680932"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00CF292A" w:rsidRDefault="00CF292A">
-[...3 lines deleted...]
-  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...110 lines deleted...]
-  <w:abstractNum w:abstractNumId="1">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02301CEB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1AE63E16"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="153" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="873" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1593" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2313" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3033" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3753" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4473" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5193" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5913" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D1C0061"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6DEA0322"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1F681575"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BF3E3270"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24157756"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F4E6D9E4"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2DA5549C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="57364E46"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="153" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="873" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1593" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2313" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3033" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3753" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4473" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5193" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5913" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="08090001">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36186C18"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4DCCE97C"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...117 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090003">
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="04090005">
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-      </w:rPr>
-[...4 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="o"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="04090005">
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-      </w:rPr>
-[...4 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="o"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="04090005">
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-[...769 lines deleted...]
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="418013D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E53A6DC0"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="153" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="873" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1593" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2313" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3033" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3753" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4473" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5193" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5913" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="424801B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2CE2636E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1500" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2220" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3660" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4380" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5100" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5820" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6540" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="528619DD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C6203438"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65583EF9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1F0EBE7C"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1500" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2220" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2940" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3660" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4380" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5100" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5820" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6540" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
-[...451 lines deleted...]
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="658917BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFF88C2E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="153" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="873" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1593" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2313" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3033" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3753" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4473" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5193" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5913" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
-[...85 lines deleted...]
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706C3558"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50DA1892"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="153" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="873" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1593" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2313" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3033" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3753" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4473" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5193" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5913" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="754D4FAA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C48A69BE"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="153" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="873" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1593" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2313" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3033" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3753" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4473" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5193" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5913" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="758B19E0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C58AD1E2"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="873" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1593" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2313" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3033" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3753" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4473" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5193" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5913" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77833323"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C268ADF0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="153" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="873" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1593" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2313" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3033" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3753" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4473" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5193" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5913" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22">
-[...201 lines deleted...]
-  <w:abstractNum w:abstractNumId="24">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CCA2C96"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="441EAA20"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="153" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="873" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1593" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2313" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3033" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3753" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4473" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5193" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5913" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="1" w16cid:durableId="2057390948">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="828905453">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="553471834">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="4" w16cid:durableId="974068951">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="5" w16cid:durableId="678429920">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="6" w16cid:durableId="1246912722">
+    <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="7" w16cid:durableId="447159354">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="86463936">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="863831410">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1773624446">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="405494807">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="559168232">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="383332147">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="808741902">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1989436816">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7">
-[...11 lines deleted...]
-  <w:num w:numId="11">
+  <w:num w:numId="16" w16cid:durableId="53892360">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="12">
-[...107 lines deleted...]
-    <w:lvlOverride w:ilvl="8"/>
+  <w:num w:numId="17" w16cid:durableId="1585725147">
+    <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00AD1A28"/>
-[...51 lines deleted...]
-    <w:rsid w:val="00FC33AF"/>
+    <w:rsidRoot w:val="00E706C7"/>
+    <w:rsid w:val="00086948"/>
+    <w:rsid w:val="001F296C"/>
+    <w:rsid w:val="00207DB1"/>
+    <w:rsid w:val="002F1BAA"/>
+    <w:rsid w:val="00311C10"/>
+    <w:rsid w:val="00354061"/>
+    <w:rsid w:val="003722F6"/>
+    <w:rsid w:val="004259F9"/>
+    <w:rsid w:val="00460BB1"/>
+    <w:rsid w:val="004B6583"/>
+    <w:rsid w:val="004C289C"/>
+    <w:rsid w:val="005135B9"/>
+    <w:rsid w:val="00522F63"/>
+    <w:rsid w:val="0062188F"/>
+    <w:rsid w:val="00776876"/>
+    <w:rsid w:val="007E2386"/>
+    <w:rsid w:val="00810C1A"/>
+    <w:rsid w:val="0081325B"/>
+    <w:rsid w:val="00842C23"/>
+    <w:rsid w:val="009D618B"/>
+    <w:rsid w:val="00B75EE8"/>
+    <w:rsid w:val="00BC1F07"/>
+    <w:rsid w:val="00C14376"/>
+    <w:rsid w:val="00D73106"/>
+    <w:rsid w:val="00DC5CBA"/>
+    <w:rsid w:val="00E706C7"/>
+    <w:rsid w:val="00EE07A2"/>
+    <w:rsid w:val="00FF166D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="en-GB" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="1C95C055"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{DF15F6D0-C558-451E-8BCA-769661CBB54B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-GB" w:eastAsia="ko-KR" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...138 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00CF292A"/>
+    <w:rsid w:val="00E706C7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="004C289C"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...4 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:lang w:val="en-US"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="005D58C2"/>
+    <w:rsid w:val="004C289C"/>
     <w:pPr>
       <w:keepNext/>
-      <w:widowControl/>
-[...6 lines deleted...]
-      <w:adjustRightInd/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...3 lines deleted...]
-      <w:lang w:val="en-GB"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004C289C"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004C289C"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004C289C"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004C289C"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004C289C"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004C289C"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004C289C"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="004C289C"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004C289C"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004C289C"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004C289C"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004C289C"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004C289C"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004C289C"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004C289C"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004C289C"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="004C289C"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="004C289C"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="004C289C"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="004C289C"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="004C289C"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="004C289C"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="004C289C"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="004C289C"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="004C289C"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="004C289C"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="004C289C"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AD1A28"/>
+    <w:rsid w:val="004C289C"/>
     <w:pPr>
-      <w:widowControl/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
-      <w:overflowPunct/>
-[...2 lines deleted...]
-      <w:adjustRightInd/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...5 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00AD1A28"/>
+    <w:rsid w:val="004C289C"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AD1A28"/>
+    <w:rsid w:val="004C289C"/>
     <w:pPr>
-      <w:widowControl/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
-      <w:overflowPunct/>
-[...2 lines deleted...]
-      <w:adjustRightInd/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...5 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00AD1A28"/>
-[...520 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="004C289C"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...79 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\megan.wood\Downloads\Compass%20Schools%20Word%20Doc%20Template%20(1).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009291232F5E1BA54DBF21678F05DDD2FA" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7f26cf82881ad03586c731b86e1528fd">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f81609dd-1611-4368-94aa-5be09deea432" xmlns:ns3="560854db-c998-42b4-92c3-7f72e70ce2a9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4708fd05e97bde4b8725e8741a4bfb78" ns2:_="" ns3:_="">
+    <xsd:import namespace="f81609dd-1611-4368-94aa-5be09deea432"/>
+    <xsd:import namespace="560854db-c998-42b4-92c3-7f72e70ce2a9"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f81609dd-1611-4368-94aa-5be09deea432" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="12" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="15" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="027b8e26-c7fc-4a2e-a104-39c7186b96fb" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="21" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="560854db-c998-42b4-92c3-7f72e70ce2a9" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="13" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="14" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="20" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{9fe67d36-ca15-4f68-96ef-2aee1f43a97e}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="560854db-c998-42b4-92c3-7f72e70ce2a9">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="560854db-c998-42b4-92c3-7f72e70ce2a9" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f81609dd-1611-4368-94aa-5be09deea432">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BFA65CE1-CC74-4FAD-80B3-EFFCE6AFDE47}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="f81609dd-1611-4368-94aa-5be09deea432"/>
+    <ds:schemaRef ds:uri="560854db-c998-42b4-92c3-7f72e70ce2a9"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F40EF1E9-B589-46EB-BB63-40F382BAF106}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="560854db-c998-42b4-92c3-7f72e70ce2a9"/>
+    <ds:schemaRef ds:uri="f81609dd-1611-4368-94aa-5be09deea432"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4A2E1CB1-4682-4FE2-B243-DCA5C2C728D6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57E833F4-37EC-4E1D-BBBE-F6BB30EF5662}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Compass Schools Word Doc Template (1)</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4575</Characters>
+  <Pages>4</Pages>
+  <Words>895</Words>
+  <Characters>5104</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>42</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Families for Children</Company>
+  <Company>Compass Community</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5367</CharactersWithSpaces>
+  <CharactersWithSpaces>5988</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Linda Robinson</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Megan Wood</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101009291232F5E1BA54DBF21678F05DDD2FA</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>